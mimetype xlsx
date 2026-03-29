--- v0 (2025-12-14)
+++ v1 (2026-03-29)
@@ -10,1763 +10,1772 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1484" uniqueCount="575">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1492" uniqueCount="578">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO</t>
   </si>
   <si>
     <t>PREFEITO</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/47/pl_07.25_executivo.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/47/pl_07.25_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/48/pl_08.25_executivo.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/48/pl_08.25_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa com Deficiência, regulamenta a criação do Fundo Municipal e estabelece a Política Municipal da Pessoa com Deficiência no Município de Belém do Brejo do Cruz, e dá outras providências.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/49/pl_09.25_executivo.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/49/pl_09.25_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ CMDPD/PB E A CRIAÇÃO DO FUNDO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA - FMDPD E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/50/pl_10.25_executivo.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/50/pl_10.25_executivo.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA O PLANO DE CUSTEIO DO IPM - INSTITUTO DE PREVIDÊNCIA MUNICIPAL DE BELÉM DO BREJO DO CRUZ, POR MEIO DA FIXAÇÃO DAS ALÍQUOTAS DE CONTRIBUIÇÃO SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/51/pl_11.25_executivo.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/51/pl_11.25_executivo.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA VOLUNTÁRIO DE APOIO ESCOLAR EM BELÉM DO BREJO DO CRUZ, CRIANDO BOLSA AUXÍLIO PARA OS PARTICIPANTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/69/pl_012.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/69/pl_012.2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE PARA FINS QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/71/pl_14.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/71/pl_14.2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 801/2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/72/pl_15.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/72/pl_15.2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº 800/2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/73/pl_16.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/73/pl_16.2025.pdf</t>
   </si>
   <si>
     <t>CRIA-SE O CONSELHO MUNICIPAL DE DIREITOS DA MULHER - CMDM E INSTITUIÇÃO DO FUNDO MUNICIPAL DOS DIREITOS DA MULHER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/126/ple_17.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/126/ple_17.2025.pdf</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/121/ple_18.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/121/ple_18.2025.pdf</t>
   </si>
   <si>
     <t>ALTERA OS §§7º E 11 DO ART. 45 E O §1º DO ART 60 DA LEI Nº 801/2022, QUE DISPÕE SOBRE AS CONTRIBUIÇÕES PREVIDENCIÁRIAS DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO, PARA ADOÇÃO DE ALÍQUOTA DIFERENCIADA PARA A CONTRIBUIÇÃO DO ENTE MUNICIPAL DESTINADA AOS PROFISSIONAIS DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/127/ple_19.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/127/ple_19.2025.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS NO QUADRO PERMANENTE DE PESSOAL DO PODER EXECUTIVO E PEDE AUTORIZAÇÃO PARA REALIZAÇÃO DE CONCURSO PÚBLICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/128/ple_24.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/128/ple_24.2025.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 5º DA LEI MUNICIPAL Nº 850/2025, QUE CRIA O CONSELHO MUNICIPAL DE DIREITOS DA MULHER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/148/pl_25.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/148/pl_25.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CESSÃO DE USO ONEROSA E TEMPORÁRIA DE BOXES INSTALADOS NO MERCADO CENTRAL "ARODO DA SILVA" DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/149/pl_26.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/149/pl_26.2025.pdf</t>
   </si>
   <si>
     <t>ALTERA O §2º DA LEI MUNICIPAL Nº 812, DE 31 DE MARÇO DE 2023 E DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTO AOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/158/ple_27.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/158/ple_27.2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA REMANEJAMENTO TOTAL OU PARCIAL DE DOTAÇÕES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/159/ple_28.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/159/ple_28.2025.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ, PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/216/ple_29.2025.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI A PREMIAÇÃO DE VALORIZAÇÃO À DOCÊNCIA E À EQUIPE GESTORA QUE CONTRIBUIREM DIRETAMENTE PARA EFETIVAÇÃO DO PROCESSO EDUCATIVO NO ÂMBITO DO SISTEMA MUNICIPAL DE ENSINO DE BELÉM DO BREJO DO CRUZ/PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>1</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIO DO LEGISLATIVO</t>
   </si>
   <si>
     <t>HILARIO FILHO</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE GUARDA MUNICIPAL E DA OUTRAS PROVIDÊNCIA CORRELATAS.</t>
   </si>
   <si>
     <t>WELLINGTON</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSAÕ DAS DISCIPLINAS DE EMPREENDEDORISMO, EDUCAÇÃO FINANCEIRA E CIDADANIA NA GRADE CURRICULAR DAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DE BELÉM DO BREJO DO CRUZ - PB E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA DE ARBORIZAÇÃO URBANA NO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ - PB E OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DE SISTEMAS DE ENERGIA SOLAR FOTOVOLTAICA NOS PRÉDIOS PÚBLICOS DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ-PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA DE SAÚDE MENTAL NAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DE BELÉM DO BREJO DO CRUZ - PB E DÁ OUTRAS PROVIDÊ NCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/9/pl_11_2025.hilario.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/9/pl_11_2025.hilario.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUAS E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/10/pl_12.2025-_hilario.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/10/pl_12.2025-_hilario.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DA GUARDA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>EDIMILCINHO</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/11/pl_013.2025_edimilcio.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/11/pl_013.2025_edimilcio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO BELENENSE AO SR. LUCIANO DANTAS MAIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/12/pl_14.2025_edimilcio.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/12/pl_14.2025_edimilcio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TITULO DE CIDADÃO BELENENSE AO SR. EFRAIM DE ARAUJO MORAIS FILHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/13/pl_015.2025_edimilcio.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/13/pl_015.2025_edimilcio.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO BELENENSE AO SR. GUSTAVO DE MELO FERREIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>ELIDIO</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/14/pl_16.2025_elidio.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/14/pl_16.2025_elidio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO, FORMAÇÃO E MANUTENÇÃO DE VIVEIROS DE RESPONSABILIDADE DO EXECUTIVO MUNICIPAL PARA SEMEAR ÁRVORES E PLANTAS COM A FINALIDADE DE SEREM TRANSPLANTADOS EM TODO O MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/15/pl_17.2025_elidio.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/15/pl_17.2025_elidio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO NA NOMECLATURA USADA PARA REFERIR-SE AO "COLETOR DE LIXO", "VARREDOR DE RUA" OU " GARI" , ALTERANDO PARA "AGENTE AMBIENTAL", NO ÂMBITO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/16/pl_18.2025_elidio.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/16/pl_18.2025_elidio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ELABORAÇÃO DE INVENTÁRIO ARBÓREO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/17/pl_19.2025_elidio-1.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/17/pl_19.2025_elidio-1.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DA CONSCIENTIZAÇÃO PARA DESCONTINUAÇÃO DO USO DE AGROTÓXICOS E DEFENSIVOS AGRÍCOLAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Dispõe sobre a construção de uma quadra de eventos na escola municipal João Mendes de Araújo, no âmbito municipal e outras providências</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/19/pl_21.2025_edimilcio.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/19/pl_21.2025_edimilcio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DE ILUMINAÇÃO PÚBLICA COM LÂMPADAS DE LED NAS COMUNIDADES RURAIS LOCALIZADAS NA SERRA DO JOÃO DO VALE, NO ÂMBITO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/20/pl_22.2025_edimilcio.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/20/pl_22.2025_edimilcio.pdf</t>
   </si>
   <si>
     <t>CONFERE TÍTULO DE HONRA AO MÉRITO AOS MÉDICOS DR. JOÃO FORTE DE OLIVEIRA NETO E DRA. SUZANA MARIA RABELO PEREIRA FORTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Inclui no calendário oficial do municipal,  o dia da redução de danos, a ser comemorado, anualmenre, em 24 de novembro</t>
   </si>
   <si>
-    <t>29</t>
-[...1 lines deleted...]
-  <si>
     <t>Institui o programa municipal de prevenção contra a prática de atentados violentos nas escolas e da outras providências</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>determina a realização de consultas médicas e exames com idades superiores a 60 anos de idade e da outras providências</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Reserva percentual de moradias populares e lotes a serem comercializados pelo município aos portadores de necessidades ‘especiais’</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/32/pl_27._hilario.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/32/pl_27._hilario.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A DENOMINAÇÃO DE GUARDA MUNICIPAL WILSON PAULO SARAIVA FERREIRA E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/39/pl_28.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/39/pl_28.25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reaproveitamento de água de aparelhos de ar-condicionado nas escolas da rede municipal de ensino no Município de Belém do Brejo do Cruz/PB, e dá outras providências.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/40/pl_29.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/40/pl_29.25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a construção de uma área recreativa para os alunos na Escola João Mendes de Araújo, pertencente à rede municipal de ensino no Município de Belém do Brejo do Cruz/PB, e dá outras providências.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/41/pl_30.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/41/pl_30.25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Isenção do pagamento da COSIP - Contribuição para o Custeio da Iluminação Pública, aos idosos e aposentados com idade superior a 60 anos de idade e dá outras providências.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/42/pl_31.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/42/pl_31.25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do ensino de noções básicas sobre a Lei Maria da Penha nas escolas municipais e dá outras providências.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/43/pl_32.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/43/pl_32.25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Praça de Eventos e dá outras providências.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/44/pl_33.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/44/pl_33.25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de galeria de fotos e dá outras providências.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/45/pl_34.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/45/pl_34.25.pdf</t>
   </si>
   <si>
     <t>Concede o título de cidadão belenense ao Sr. Lourival Luis de Sousa e dá outras providências.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/46/pl_35.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/46/pl_35.25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a construção de muro com alambrados, e reforma na parte interna da Escola João Mendes de Araújo, e dá outras providências.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>LINDOMAR FILHO</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/52/pl_36.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/52/pl_36.25.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DE BELÉM DO BREJO DO CRUZ, ESTADO DA PARAÍBA, A REALIZAR A PERFURAÇÃO DE POÇOS ARTESIANOS, INSTALAÇÃO DE BOMBAS E CAIXAS D'AGUA NOS BAIRROS DO MUNICÍPIO, EM CARÁTER EMERGENCIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/57/pl_37.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/57/pl_37.25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA UNIDADE BÁSICA DE SAÚDE (UBS) DA COMUNIDADE SANTA LUZIA.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/58/pl_38.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/58/pl_38.25.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CONSELHO ESCOLAR A CRIAR A COMISSÃO DE EDUCAÇÃO AMBIENTAL, RESPONSÁVEL POR FOMENTAR INICIATIVAS SUSTENTÁVEIS NA EDUCAÇÃO MUNICIPAL DE ENSINO, VISANDO IMPLEMENTAR AÇÕES EDUCATIVAS RELACIONADAS À COLETA BEM COMO PROVIDENCIAR A DESTINAÇÃO ADEQUADA DOS RESÍDUOS SÓLIDOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/62/plo_39.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/62/plo_39.2025.pdf</t>
   </si>
   <si>
     <t>CRIA A CENTRAL DE REGULAÇÃO MUNICIPAL DA SECRETARIA DE SAÚDE DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/63/plo_40.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/63/plo_40.25.pdf</t>
   </si>
   <si>
     <t>INSTITUI A OBRIGATORIEDADE DE ATENDIMENTO ÀS GESTANTES NAS UNIDADES BÁSICAS DE SAÚDE, BEM COMO NO HOSPITAL MUNICIPAL BENTO FORTE DE OLIVEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>CAPITÃO</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/64/plo_41.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/64/plo_41.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE GUARDADORES DE VEÍCULOS NÃO CREDENCIADOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/74/plo_42.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/74/plo_42.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PAVIMENTAÇÃO DA RUA SEVERINO BARBOSA, NO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ-PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/75/plo_43.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/75/plo_43.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PAVIMENTAÇÃO DA RUA SEVERINO DOS SANTOS, NO BAIRRO MANOEL FORTE, MUNICÍPIO DE BELÉM DO BREJO DO CRUZ-PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/80/plo_44.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/80/plo_44.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DO ARTESANATO POPULAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/81/plo_45.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/81/plo_45.2025.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A INSTITUIÇÃO "UAC - UNIÃO DE APOIO ÀS COMUNIDADES DA PARAÍBA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/82/plo_46.2024.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/82/plo_46.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ADICIONAL DE INSALUBRIDADE AOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AGENTES DE COMBATE ÀS EDEMIAS (ACE) NO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ-PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/83/plo_47.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/83/plo_47.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISTRIBUIÇÃO GRATUITA E OBRIGATÓRIA, PELO PODER PÚBLICO MUNICIPAL, DE FRALDAS DESCARTÁVEIS E SONDAS URINÁRIAS PARA PESSOAS COM DEFICIÊNCIA FÍSICA, MENTAL OU NEUROLÓGICA, COM MOBILIDADE REDUZIDA OU IDOSAS ACAMADAS QUE NÃO POSSUAM RECURSOS PARA ADQUIRI-LAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>RAFAEL DE  NONATO</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/84/plo_48.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/84/plo_48.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA "AGOSTO LILÁS" DEDICADO À PREVENÇÃO E CONSCIENTIZAÇÃO PELO FIM DA VIOLÊNCIA CONTRA A MULHER NO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ-PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/90/plo_49.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/90/plo_49.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE INSTITUIR AVALIAÇÃO VOCACIONAL AOS ALUNOS DO ÚLTIMO ANO DO ENSINO FUNDAMENTAL DAS ESCOLAS MUNICIPAIS E DAS OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/91/plo_50.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/91/plo_50.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI MEDIDAS PARA A MELHORIA DO ENSINO MUNICIPAL COM A PROGRAMAÇÃO DO CONHECIMENTO SOBRE A CONSTITUIÇÃO BRASILEIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/92/plo_51.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/92/plo_51.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE ENERGIAS ALTERNATIVAS, LIMPAS E RENOVÁVEIS.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>MAJOR MORAL</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/93/pl_52.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/93/pl_52.2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AO PODER EXECUTIVO A REALIZAÇÃO DE REFORMA NA MURADA E NO ESTACIONAMENTO DO HOSPITAL BENTO FORTE DE OLIVEIRA.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/94/pl_53.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/94/pl_53.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE FOMENTO À INVESTIMENTOS E NEGÓCIOS DE IMPACTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/96/plo_54.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/96/plo_54.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CENTRO DE PRÁTICAS ESPORTIVAS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/97/plo_55.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/97/plo_55.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FORTALECIMENTO DA AGRICULTURA FAMILIAR, APOIO AOS PEQUENOS PRODUTORES E QUEIJARIAS NO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/98/plo_56.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/98/plo_56.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSERÇÃO DE PROFISSIONAL BOMBEIRO CIVIL NAS ESCOLAS MUNICIPAIS, CRECHES E PSF'S DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB, COM O OBJETIVO DE PREVENIR ACIDENTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/99/plo_57.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/99/plo_57.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DO INCENTIVO FINANCEIRO ANUAL (IFA) AOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AGENTES DE COMBATE ÀS EDEMIAS (ACE), NO ÂMBITO DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ-PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/100/plo_58.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/100/plo_58.2025.pdf</t>
   </si>
   <si>
     <t>RECONHECE A COMUNIDADE TIMBAÚBA COMO COMUNIDADE TRADICIONAL AFRODESCENDENTE NO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ-PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/108/plo_59.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/108/plo_59.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA POLÍTICA MUNICIPAL DE GESTÃO DE RESÍDUOS SÓLIDOS, COLETA SELETIVA E CIDADANIA AMBIENTAL NO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/109/plo_60.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/109/plo_60.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE TESOURA HIDRÁULICA ENTRE OS IMPLEMENTOS DO SAMU, COM O OBJETIVO DE FACILITAR O RESGATE DE VÍTIMAS DE ACIDENTE DE TRÂNSITO NO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/110/plo_61.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/110/plo_61.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA "VISÃO PARA TODOS" NO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ, VISANDO A GARANTIA DE ACESSO A PROCEDIMENTOS CIRÚRGICOS DE CATARATA, PARA TODA POPULAÇÃO QUE NECESSITE DESTE PROCEDIMENTO CIRÚRGICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/101/plo_62.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/101/plo_62.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA "VEREADOR POR UM DIA" AOS ALUNOS DO ENSINO FUNDAMENTAL E MÉDIO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/114/plo_63.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/114/plo_63.2025.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A OBRIGATORIEDADE DE AÇÕES EDUCATIVAS DE PREVENÇÃO À PEDOFILIA NAS ESCOLAS DA REDE PÚBLICA MUNICIPAL, ESTADUAL E PRIVADA, E DETERMINA A FIXAÇÃO DO NÚMERO DO DISQUE DENÚNCIA CONTRA O ABUSO SEXUAL DE CRIANÇAS E ADOLESCENTES NAS SALAS DE AULA.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/115/plo_64.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/115/plo_64.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE FOMENTO À PESCA, AQUICULTURA, TRABALHO, EMPREGO, ECONOMIA SOLIDÁRIA E TURISMO NO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/116/plo_65.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/116/plo_65.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECADASTRAMENTO DAS RUAS E BAIRROS DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB, A REDEFINIÇÃO DE ALGUMAS RUAS AINDA NÃO CADASTRADAS, A ALTERAÇÃO DA NUMENRAÇÃO E A COLOCAÇÃO DE PLACAS E NÚMEROS NAS RESIDÊNCIAS.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/117/plo_66.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/117/plo_66.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE QUEIMADAS NO PERÍMETRO URBANO DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/129/plo_67.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/129/plo_67.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLEMENTAÇÃO DE POLÍTICAS PÚBLICAS VOLTADAS À PROMOÇÃO DA SAÚDE FÍSICA, VOCAL, MENTAL E EMOCIONAL DOS PROFISSIONAIS DA EDUCAÇÃO NO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/130/plo_68.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/130/plo_68.2025.pdf</t>
   </si>
   <si>
     <t>PROÍBE A LAVAGEM DE VEÍCULOS AUTOMOTORES NAS DEPENDÊNCIAS DO AÇUDE PÚBLICO ESCONDIDO, LOCALIZADO NO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/134/pl_69.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/134/pl_69.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE PREVENÇÃO AO ABANDONO E EVASÃO ESCOLAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/135/pl_70.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/135/pl_70.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL PARA A AQUISIÇÃO DE ALIMENTOS DA AGRICULTURA FAMILIAR DE PEQUENOS PRODUTORES NO ÂMBITO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/136/pl_71.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/136/pl_71.2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BELENENSE AO EX-GOVERNADOR RICARDO VIEIRA COUTINHO.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/137/pl_72.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/137/pl_72.25.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA EDUCAÇÃO NO TRÂNSITO, EM ESCOLAS DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/142/pl_73.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/142/pl_73.2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BELENENSE AO SENHOR JOSÉ WELLINGTON ROBERTO.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/143/pl_74.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/143/pl_74.2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BELENENSE AO SENHOR VENEZIANO VITAL DO RÊGO SEGUNDO NETO.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/144/pl_75.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/144/pl_75.2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BELENENSE À SENHORA SILVIA CRISTINA LISBOA ALVES MOREIRA.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/150/pl_76.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/150/pl_76.25.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BELENENSE AO SR. RAIMUNDO NONATO DEODATO ALVES.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/151/pl_77.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/151/pl_77.25.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA EDUCATIVA PARA A CONSCIENTIZAÇÃO E COMBATE À OBESIDADE NO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ-PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/152/pl_78.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/152/pl_78.25.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE SENSIBILIZAÇÃO E CONSCIENTIZAÇÃO SOBRE SAÚDE MENTAL NO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/153/pl_79.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/153/pl_79.25.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ HONORÁRIA DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB À SENHORA ISABELLA SUAMY DE OLIVEIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/154/pl_80.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/154/pl_80.25.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ BELENENSE À SENHORA CARLA PRISCILA DE MENEZES DA SILVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/155/pl_81.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/155/pl_81.25.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BELENENSE AO SR. CARLOS ANTONIO PEREIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/156/pl_82.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/156/pl_82.25.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BELENENSE AO SR. GILBERLANEO DE MELO OLIVEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/157/pl_83.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/157/pl_83.25.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BELENENSE AO SR. EVALDO SOLANO DE ANDRADE FILHO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/160/pl_84.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/160/pl_84.2025.pdf</t>
   </si>
   <si>
     <t>CONFERE O TÍTULO DE HONRA AO MÉRITO AO MÉDICO DR. PEDRO OZAEINER ALVES DOS SANTOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/161/pl_85.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/161/pl_85.2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BELENENSE AO SENHOR WALTERFRAN ALVES SARAIVA.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/162/pl_86.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/162/pl_86.2025.pdf</t>
   </si>
   <si>
     <t>CONFERE O TÍTULO DE HONRA AO MÉRITO AO ADVOGADO DR. HIGOR DOS SANTOS JALES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/163/pl_87.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/163/pl_87.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CRIAÇÃO DO PROGRAMA ADOTE UMA PLANTA - IPTU VERDE, DESTINADO À ARBORIZAÇÃO URBANA MEDIANTE INCENTIVO FISCAL AOS CONTRIBUINTES QUE REALIZAREM O PLANTIO E O CUIDADO DE ESPÉCIES VEGETAIS.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/164/pl_88.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/164/pl_88.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O ENSINO DE MÚSICA NA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/165/pl_89.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/165/pl_89.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO MUNICIPAL DE ADAPTAÇÃO ÀS MUDANÇAS CLIMÁTICAS NO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/166/pl_90.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/166/pl_90.2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BELENENSE AO DEPUTADO FEDERAL LUIZ COUTO.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/167/pl_91.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/167/pl_91.2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BELENENSE AO MÉDICO DR. KLÊNIO VINICIUS SUASSUNA CARLOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/169/pl_92.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/169/pl_92.2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE HONRA AO MÉRITO AO ADVOGADO DR. JOSÉ ODÍVIO LOBO MAIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/173/pl_93.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/173/pl_93.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃO BELENENSE AO SR. REGINALDO RODRIGUES DA SILVA.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/174/pl_94.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/174/pl_94.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃO BELENENSE AO SR. JACI SEVERINO DE SOUSA (GALEGO SOUSA) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/175/pl_95.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/175/pl_95.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO BELENENSE AO SENHOR LUCAS RAFAEL COSTA HOLANDA.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/176/pl_96.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/176/pl_96.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃ BELENENSE À SENHORA SUZANA MARIA RABELO PEREIRA FORTE.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/177/pl_97.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/177/pl_97.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO BELENENSE AO SR. RUY MANUEL CARNEIRO BARBOSA DE AÇA BELCHIOR.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/178/pl_98.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/178/pl_98.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE HONRA AO MÉRITO AO SR. EVANDRO MAIA PIMENTA, EX-PREFEITO DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/179/pl_99.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/179/pl_99.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO AO SR. LEOMAR JÂNIO DE MEDEIROS MAIA, PREFEITO DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/180/pl_102.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/180/pl_102.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO BELENENSE AO SR. MARCIO ROBERTO DA SILVA, DEPUTADO ESTADUAL.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/181/pl_103.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/181/pl_103.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO BELENENSE AO SR. EUDIS NUNES DOS SANTOS (EUDINHO CABELEIREIRO) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/182/pl_104.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/182/pl_104.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO BELENENSE AO SR. FRANCISCO DAS CHAGAS CARDOSO (CHICO DE BIU) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/183/pl_105.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/183/pl_105.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO BELENENSE AO SR. FRANCISCO EDIMILCIO MAIA NETO (EDIMILCINHO) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/184/pl_106.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/184/pl_106.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO BELENENSE AO SR. JOSÉ DE ARIMATEIA RAMOS XAVIER (ARY) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/168/pl_92.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/168/pl_92.2025.pdf</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/133/resolucao_01.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/133/resolucao_01.25.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PRAZO AO PODER EXECUTIVO MUNICIPAL PARA ENVIO DE RESPOSTA FUNDAMENTADA, POR PRAZO CERTO, DAS INDICAÇÕES E OFÍCIOS ENCAMINHADOS PELOS VEREADORES.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA À LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/120/emenda_02.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/120/emenda_02.2025.pdf</t>
   </si>
   <si>
     <t>ALTERA O SISTEMA DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ E ESTABELECE REGRAS DE TRANSIÇÃO E DISPOSIÇÕES TRANSITÓRIAS.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/70/pl_13.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/70/pl_13.2025.pdf</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/21/requerimento_24.2025_edimilcio.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/21/requerimento_24.2025_edimilcio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SECRETÁRIO DE SAÚDE DO MUNICÍPIO QUE LEVE A CAMPANHA DE VACINAÇÃO CONTRA A GRIPE À CASA LEGISLATIVA.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/22/requerimento_25.2025_edimilcio.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/22/requerimento_25.2025_edimilcio.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO QUE DETERMINE A CONSTRUÇÃO DE UM QUEBRA-MOLAS NA RUA JOÃO AGRIPINO DE VASCONCELOS.</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UM PROJETO DE UMA REDE PRÓPRIA DO RIO PIRANHAS ATÉ A SEDE DA ETA (ESTAÇÃO DE TRATAMENTO DE ÁGUA) NA CIDADE DE BELÉM DO BREJO DO CRUZ - PB.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/24/requerimento_27.2025_capitao.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/24/requerimento_27.2025_capitao.pdf</t>
   </si>
   <si>
     <t>REQUER A PINTURA DOS QUEBRAS MOLAS LOCALIZADO NAS RUAS JOÃO AMANCIO DA SILVA, SENTIDO BREJO DO CRUZ (PB 293); RUA JONAS TOMAS SENTIDO A CIDADE DE PATU -RN.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/25/req_28.2025_edmilsinho.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/25/req_28.2025_edmilsinho.pdf</t>
   </si>
   <si>
     <t>REQUER DUAS LOUSAS DE VIDRO (QUADRO ESCOLAR) PARA A ESCOLA MUNICIPAL JOÃO MENDES DE ARAUJO LOCALIZADO NA COMUNIDADE RURAL RAMADINHA NA SERRA DE JOÃO DO VALE.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_28_capitao.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_28_capitao.pdf</t>
   </si>
   <si>
     <t>REQUER MANIFESTAÇÃO DO GERENTE DO BRADESCO NO QUE DIZ RESPEITO A REGULARIZAÇÃO DO HORÁRIO DE EXPEDIENTE, TENDO EM VISTA QUE A AGENCIA DE BELÉM NÃO ESTÁ ABRINDO NORMALMENTE.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_30.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_30.25.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção das luzes do letreiro do portal do centro da cidade e a colocação de bancos no portal.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_32.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_32.2025.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de leilão dos veículos, máquinas e equipamentos inservíveis ao Município.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_33.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_33.2025.pdf</t>
   </si>
   <si>
     <t>Solicita a restauração e reativação do poço localizado no Bairro Manoel Forte Maia, com a devida instalação de bomba.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_34.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_34.25.pdf</t>
   </si>
   <si>
     <t>Solicita a revitalização da quadra de eventos, situada no bairro das populares.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_shylton_fopag.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_shylton_fopag.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO  QUE SOLICITA INFORMAÇÕES DO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_38.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_38.25.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE AUTORIA DO VEREADOR JOSE WELLINGTON QUE SOLICITA DO PODER EXECUTIVO MUNICIPAL COLETA DE LIXO SEMANAL NA COMUNIDADE POSTO AGRÍCOLA.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/55/requerimento_39.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/55/requerimento_39.25.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO QUE SOLICITA DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE (UBS) NA COMUNIDADE SANTA LUZIA.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/59/requerimento_38.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/59/requerimento_38.25.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE MATABURROS EM DIVERSAS COMUNIDADES RURAIS.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/61/requerimento_39.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/61/requerimento_39.2025.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER LEGISLATIVO A CONSTRUÇÃO DE UM MATA BURRO NA COMUNIDADE BOA ESPERANÇA.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_40.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_40.2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO GOVERNADOR DO ESTADO DA PARAÍBA A AQUISIÇÃO DE BOMBA MAIS POTENTE PARA TRANSPORTE DE ÁGUA DE SÃO BENTO À ESTAÇÃO DE TRATAMENTO DE BREJO DO CRUZ/PB.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/66/requerimento_41.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/66/requerimento_41.2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RECUPERAÇÃO DA PASSAGEM MOLHADA DO SITIO TAPERA.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_42.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_42.2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ALUGUEL DE CARROS-PIPA PARA ABASTECIMENTO DE ÁGUA NA CIDADE DE BELÉM DO BREJO DO CRUZ/PB.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/68/requerimento_43.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/68/requerimento_43.2025.pdf</t>
   </si>
   <si>
     <t>REQUER A MANUTENÇÃO DA GALERIA DA RUA 13 DE MAIO, NA CIDADE DE BELÉM DO BREJO DO CRUZ/PB.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/76/req_44.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/76/req_44.2025.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL, A PAVIMENTAÇÃO DA RUA IDALINO DE MENEZES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/77/req_45.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/77/req_45.2025.pdf</t>
   </si>
   <si>
     <t>REQUER AO SENADOR VENEZIANO VITAL DO REGO, A IMPLANTAÇÃO DE MELHORIAS SANITÁRIAS DOMICILIARES, NO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/78/req_46.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/78/req_46.2025.pdf</t>
   </si>
   <si>
     <t>REQUER DO SENADOR VENEZIANO VITAL DO REGO ACOMPANHAMENTO E AGILIDADE NO PNHR (PLANO NACIONAL DE HABITAÇÃO RURAL), PROTOCOLO SISAD Nº 0335091808202371R.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/79/req_47.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/79/req_47.2025.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL A REALIZAÇÃO DE CONTROLE DE NATALIDADE DE CÃES DO NOSSO MUNICÍPIO, UMA VEZ QUE O EXCESSO DE ANIMAIS EM VIAS PÚBLICAS VEM CAUSANDO MUITOS PROBLEMAS NO QUE DIZ RESPEITO À SAÚDE PÚBLICA.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/86/req_48.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/86/req_48.2025.pdf</t>
   </si>
   <si>
     <t>REQUER A REFORMA DA UBS JOÃO ALVES LINHARES, QUE FICA LOCALIZADA NO SÍTIO EXTREMA, ZONA RURAL DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/87/req_49.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/87/req_49.2025.pdf</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO DE REFORMA NA UBS BÁRBARA TEREZA DE JESUS, LOCALIZADA NO BAIRRO MANOEL FORTE MAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/88/req_50.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/88/req_50.2025.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, A INSTALAÇÃO DE DOIS REDUTORES DE VELOCIDADE NA RODOVIA QUE LIGA BELÉM DO BREJO DO CRUZ/PB À PATU/RN, NAS PROXIMIDADES DA FAZENDA GRAVIÉ.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/89/req_51.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/89/req_51.2025.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL A RECUPERAÇÃO DO POÇO ARTESIANO QUE ABASTECE A COMUNIDADE POSTO AGRÍCOLA.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/95/req_52.2025_1.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/95/req_52.2025_1.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO PODER EXECUTIVO MUNICIPAL O ROÇO E RETIRADA DO MATO NA ÁREA INTERNA DA EEEFM AMÉRICO MAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/102/req_53.2025_1.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/102/req_53.2025_1.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO MUNICIPAL A REALIZAÇÃO, COM URGÊNCIA, A LIMPEZA E O FECHAMENTO DOS ACESSOS DA CONSTRUÇÃO DA CRECHE MUNICIPAL, ATUALMENTE INACABADA.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/103/req_54.2025_1.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/103/req_54.2025_1.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE REDUTORES DE VELOCIDADE NAS VIAS DE ACESSO ÀS ESCOLAS DA REDE MUNICIPAL, ESTADUAL E PRIVADA, LOCALIZADAS NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/104/req_55.2025_1.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/104/req_55.2025_1.pdf</t>
   </si>
   <si>
     <t>REQUER A INSTITUIÇÃO DO PROGRAMA "VISÃO PARA TODOS" NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/105/req_56.2025_1.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/105/req_56.2025_1.pdf</t>
   </si>
   <si>
     <t>SOLICITA O TOMBAMENTO DO CLUBE ADEBE, PARA PERTENCER AO PATRIMÔNIO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/106/req_57.2025_1.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/106/req_57.2025_1.pdf</t>
   </si>
   <si>
     <t>REQUER AO GOVERNO DO ESTADO E AO DER (DEPARTAMENTO DE ESTRADAS E RODAGENS), A CONSTRUÇÃO DE CICLOVIA NA RODOVIA PB-293, NO TRECHO QUE LIGA A CIDADE DE BELÉM DO BREJO DO CRUZ/PB À CIDADE DE BREJO DO CRUZ/PB.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/107/req_58.2025_1.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/107/req_58.2025_1.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO GOVERNO DO ESTADO QUE REALIZE O TOMBAMENTO E REFORMA DO SOBRADO, LOCALIZADO EM BELÉM DO BREJO DO CRUZ/PB.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/111/req_59.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/111/req_59.2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL A INSTALAÇÃO DE LÂMPADAS DE LED NAS PONTES DE ACESSO À ENTRADA DE BELÉM DO BREJO DO CRUZ/PB.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/112/req_60.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/112/req_60.2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL, COM A MÁXIMA URGÊNCIA, A INSTALAÇÃO DE REDUTORES DE VELOCIDADE NAS VIAS DE ACESSO DA ZONA RURAL DA COMUNIDADE POSTO AGRÍCOLA, PRÓXIMO À RESIDÊNCIA DE SABURÁ.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/113/req_61.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/113/req_61.2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO ESTADUAL A REFORMA E REESTRUTURAÇÃO DAS PONTES DE ACESSO À BELÉM DO BREJO DO CRUZ, SENTIDO BREJO DO CRUZ/PB, BEM COMO A SINALIZAÇÃO COM PLACAS DE AVISO DE REDUÇÃO DE VELOCIDADE E ILUMINAÇÃO DO PERÍMETRO DE PASSAGEM DAS PONTES.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/118/req_62.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/118/req_62.2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL A INCLUSÃO DE ABONO SALARIAL PARA OS TÉCNICOS EM RADIOLOGIA, QUE PRESTAM SERVIÇO À ESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/119/req_63.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/119/req_63.2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL, A DISTRIBUIÇÃO DE IMPLANTES CONTRACEPTIVOS LIBERADORES DE ETONOGESTROL, CONHECIDO COMO IMPLANOM, PARA AS MULHERES DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/124/requerimento_64.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/124/requerimento_64.2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA À SECRETARIA DE SAÚDE DESTE MUNICIPIO A AQUISIÇÃO E INSTALAÇÃO DE APARELHOS DE NEBULIZAÇÃO NAS UNIDADES DE SAÚDE DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/125/requerimento_65.2024.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/125/requerimento_65.2024.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL A INCLUSÃO DE INSALUBRIDADE/ABONO SALARIAL AOS PROFISSIONAIS FARMACÊUTICOS-BIOQUÍMICOS QUE PRESTAM SERVIÇO NESTE MUNICÍPIO, ESPECIFICAMENTE NO HOSPITAL MUNICIPAL.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/131/req_66.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/131/req_66.2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO ESTADUAL PROVIDÊNCIAS EM CARÁTER DE EXTREMA URGÊNCIA NA LIBERAÇÃO DE ÁGUA PARA OS BAIRROS DA CIDADE DE BELÉM DO BREJO DO CRUZ-PB, SOLICITA TAMBÉM A VIABILIZAÇÃO E IMPLANTAÇÃO DO SISTEMA QUE LEVA ÁGUA PARA ESTE MUNICÍPIO PARA QUE SEJA REALIZADO O TRATAMENTO E DISPENSAÇÃO NA ETA - ESTAÇÃO DE TRATAMENTO DE ÁGUA.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/140/req_67.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/140/req_67.25.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL A REALIZAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA NO BAIRRO MIGUEL BATISTA.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/141/req_68.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/141/req_68.25.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL A MANUTENÇÃO E INSTALAÇÃO DO POÇO ARTESIANO LOCALIZADO AO LADO DA PREFEITURA MUNICIPAL, NA RUA ALCINDO OLÍMPIO MAIA.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/146/req_70.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/146/req_70.25.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL QUE SEJA REALIZADO O CONSERTO DO SISTEMA DE ESGOTO LOCALIZADO NA RUA EUZIM ALVES DOS SANTOS, CENTRO, BELÉM DO BREJO DO CRUZ/PB.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/171/requerimento_71.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/171/requerimento_71.2025.pdf</t>
   </si>
   <si>
     <t>REQUER AO DEPÚTADO GERVÁSIO MAIA QUE REALIZE UM PROJETO DE CONSTRUÇÃO DE UMA REDE PRÓPRIA DO RIO PIRANHAS ATÉ A SEDE DA ETA (ESTAÇÃO DE TRATAMENTO DE ÁGUA) NA CIDADE DE BELÉM DO BREJO DO CRUZ/PB.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_72.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_72.2025.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE LUMINÁRIAS NA RUA PROJETADA QUE DÁ ACESSO À ESCOLA ANA RITA TRIGUEIRO.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_73.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_73.2025.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO A CONSTRUÇÃO DE LOMBADAS NA RUA FRANCISCO FERREIRA DE MELO.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO NO MUNICÍPIO DE UM PLANO DE RECUPERAÇÃO DE NASCENTES.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_08.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_08.25.pdf</t>
   </si>
   <si>
     <t>Indica a criação de um fundo de emergência de abastecimento de água para vítimas de fenômenos naturais.</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_09.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_09.25.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo que proceda com a vacinação do rebanho bovino contra a brucelose.</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO SOBRE A CRIAÇÃO DE SELO EMPRESA AMIGA DO MEIO AMBIENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_11.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_11.2025.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO PROJETO SAÚDE E PREVENÇÃO NAS ESCOLAS, A FIM DE ENSINAR E CONSCIENTIZAR TODOS OS ALUNOS SOBRE AS DST/AIDS E HEPATITES VIRAIS.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_12.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_12.2025.pdf</t>
   </si>
   <si>
     <t>INCLUSÃO DA GINÁSTICA OU MÉTODO LABORAL, PARA PESSOAS DA MELHOR IDADE, NA PROGRAMAÇÃO ANUAL DO SETOR DE ESPORTES.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_13.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_13.2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A CRIAÇÃO DE CAMPANHA DE INCENTIVO AOS CATADORES DE MATERIAIS RECICLÁVEIS.</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/60/mocao_de_aplausos_01.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/60/mocao_de_aplausos_01.25.pdf</t>
   </si>
   <si>
     <t>MANIFESTA APLAUSOS AO SENHOR EUDINAN DA SILVA JUNIOR E TODA EQUIPE DE AGENTES DE LIMPEZA URBANA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/139/mocao_02.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/139/mocao_02.2025.pdf</t>
   </si>
   <si>
     <t>MANIFESTA APLAUSOS AO SENHOR JOSÉ FRANCISCO ASSIS DE SOUZA E À SENHORA MARLIFRAN BRAGA DE SOUZA.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/145/mocao_03.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/145/mocao_03.2025.pdf</t>
   </si>
   <si>
     <t>MANIFESTA APLAUSOS AOS MEMBROS DO CONSELHO TUTELAR DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/147/mocao_04.25.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/147/mocao_04.25.pdf</t>
   </si>
   <si>
     <t>A CÂMARA DE VEREADORES DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB MANIFESTA PROFUNDO PESAR PELO FALECIMENTO DO SENHOR FRANCISCO OLÍMPIO MAIA DOS SANTOS.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/170/mocao_05.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/170/mocao_05.2025.pdf</t>
   </si>
   <si>
     <t>MANIFESTA APLAUSOS AOS COLABORADORES QUE PRESTAM SERVIÇO NA SAÚDE DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/186/mocao_06.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/186/mocao_06.2025.pdf</t>
   </si>
   <si>
     <t>A CÂMARA DE VEREADORES DO MUNICÍPIO DE BELÉM DO BREJO DO CRUZ/PB MANIFESTA APLAUSOS AOS ATLETAS DO PROJETO EDUCAR JIU-JITSU.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/187/mocao_07.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/187/mocao_07.2025.pdf</t>
   </si>
   <si>
     <t>A CÂMARA DE VEREADORES DO MUNCÍPIO DE BELÉM DO BREJO DO CRUZ/PB MANIFESTA APLAUSOS AO SENHOR JOSÉ AVELINO DE QUEIROGA NETO.</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
-    <t>https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/85/emenda_01.2025.pdf</t>
+    <t>http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/85/emenda_01.2025.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA-SE AO ART. 9º DA LEI MUNICIPAL Nº 429/2009 O RECONHECIMENTO AO AUTOR DA HERÁUDICA DO BRASÃO MUNICIPAL, O SR. GILBERLANEO DE MELO OLIVEIRA.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIO DO LEGISLATIVO CAPITAO</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CENTRO DE ESTUDOS E PESQUISAS (CEPE) PARA  ESTUDANTES DO MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO COMERCIANTE NO DIA 20 DE DEZEMBRO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -2082,68 +2091,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/47/pl_07.25_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/48/pl_08.25_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/49/pl_09.25_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/50/pl_10.25_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/51/pl_11.25_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/69/pl_012.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/71/pl_14.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/72/pl_15.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/73/pl_16.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/126/ple_17.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/121/ple_18.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/127/ple_19.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/128/ple_24.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/148/pl_25.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/149/pl_26.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/158/ple_27.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/159/ple_28.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/9/pl_11_2025.hilario.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/10/pl_12.2025-_hilario.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/11/pl_013.2025_edimilcio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/12/pl_14.2025_edimilcio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/13/pl_015.2025_edimilcio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/14/pl_16.2025_elidio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/15/pl_17.2025_elidio.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/16/pl_18.2025_elidio.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/17/pl_19.2025_elidio-1.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/19/pl_21.2025_edimilcio.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/20/pl_22.2025_edimilcio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/32/pl_27._hilario.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/39/pl_28.25.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/40/pl_29.25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/41/pl_30.25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/42/pl_31.25.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/43/pl_32.25.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/44/pl_33.25.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/45/pl_34.25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/46/pl_35.25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/52/pl_36.25.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/57/pl_37.25.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/58/pl_38.25.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/62/plo_39.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/63/plo_40.25.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/64/plo_41.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/74/plo_42.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/75/plo_43.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/80/plo_44.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/81/plo_45.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/82/plo_46.2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/83/plo_47.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/84/plo_48.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/90/plo_49.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/91/plo_50.2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/92/plo_51.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/93/pl_52.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/94/pl_53.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/96/plo_54.2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/97/plo_55.2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/98/plo_56.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/99/plo_57.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/100/plo_58.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/108/plo_59.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/109/plo_60.2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/110/plo_61.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/101/plo_62.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/114/plo_63.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/115/plo_64.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/116/plo_65.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/117/plo_66.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/129/plo_67.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/130/plo_68.2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/134/pl_69.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/135/pl_70.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/136/pl_71.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/137/pl_72.25.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/142/pl_73.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/143/pl_74.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/144/pl_75.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/150/pl_76.25.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/151/pl_77.25.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/152/pl_78.25.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/153/pl_79.25.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/154/pl_80.25.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/155/pl_81.25.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/156/pl_82.25.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/157/pl_83.25.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/160/pl_84.2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/161/pl_85.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/162/pl_86.2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/163/pl_87.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/164/pl_88.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/165/pl_89.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/166/pl_90.2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/167/pl_91.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/169/pl_92.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/173/pl_93.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/174/pl_94.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/175/pl_95.2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/176/pl_96.2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/177/pl_97.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/178/pl_98.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/179/pl_99.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/180/pl_102.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/181/pl_103.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/182/pl_104.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/183/pl_105.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/184/pl_106.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/168/pl_92.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/133/resolucao_01.25.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/120/emenda_02.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/70/pl_13.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/21/requerimento_24.2025_edimilcio.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/22/requerimento_25.2025_edimilcio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/24/requerimento_27.2025_capitao.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/25/req_28.2025_edmilsinho.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_28_capitao.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_30.25.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_32.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_33.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_34.25.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_shylton_fopag.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_38.25.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/55/requerimento_39.25.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/59/requerimento_38.25.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/61/requerimento_39.2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_40.2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/66/requerimento_41.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_42.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/68/requerimento_43.2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/76/req_44.2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/77/req_45.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/78/req_46.2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/79/req_47.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/86/req_48.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/87/req_49.2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/88/req_50.2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/89/req_51.2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/95/req_52.2025_1.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/102/req_53.2025_1.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/103/req_54.2025_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/104/req_55.2025_1.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/105/req_56.2025_1.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/106/req_57.2025_1.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/107/req_58.2025_1.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/111/req_59.2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/112/req_60.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/113/req_61.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/118/req_62.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/119/req_63.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/124/requerimento_64.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/125/requerimento_65.2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/131/req_66.2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/140/req_67.25.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/141/req_68.25.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/146/req_70.25.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/171/requerimento_71.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_72.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_73.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_08.25.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_09.25.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_11.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_12.2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_13.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/60/mocao_de_aplausos_01.25.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/139/mocao_02.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/145/mocao_03.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/147/mocao_04.25.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/170/mocao_05.2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/186/mocao_06.2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/187/mocao_07.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/85/emenda_01.2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/47/pl_07.25_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/48/pl_08.25_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/49/pl_09.25_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/50/pl_10.25_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/51/pl_11.25_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/69/pl_012.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/71/pl_14.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/72/pl_15.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/73/pl_16.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/126/ple_17.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/121/ple_18.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/127/ple_19.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/128/ple_24.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/148/pl_25.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/149/pl_26.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/158/ple_27.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/159/ple_28.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/216/ple_29.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/9/pl_11_2025.hilario.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/10/pl_12.2025-_hilario.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/11/pl_013.2025_edimilcio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/12/pl_14.2025_edimilcio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/13/pl_015.2025_edimilcio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/14/pl_16.2025_elidio.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/15/pl_17.2025_elidio.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/16/pl_18.2025_elidio.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/17/pl_19.2025_elidio-1.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/19/pl_21.2025_edimilcio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/20/pl_22.2025_edimilcio.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/32/pl_27._hilario.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/39/pl_28.25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/40/pl_29.25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/41/pl_30.25.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/42/pl_31.25.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/43/pl_32.25.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/44/pl_33.25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/45/pl_34.25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/46/pl_35.25.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/52/pl_36.25.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/57/pl_37.25.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/58/pl_38.25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/62/plo_39.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/63/plo_40.25.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/64/plo_41.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/74/plo_42.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/75/plo_43.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/80/plo_44.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/81/plo_45.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/82/plo_46.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/83/plo_47.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/84/plo_48.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/90/plo_49.2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/91/plo_50.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/92/plo_51.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/93/pl_52.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/94/pl_53.2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/96/plo_54.2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/97/plo_55.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/98/plo_56.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/99/plo_57.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/100/plo_58.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/108/plo_59.2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/109/plo_60.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/110/plo_61.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/101/plo_62.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/114/plo_63.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/115/plo_64.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/116/plo_65.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/117/plo_66.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/129/plo_67.2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/130/plo_68.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/134/pl_69.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/135/pl_70.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/136/pl_71.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/137/pl_72.25.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/142/pl_73.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/143/pl_74.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/144/pl_75.2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/150/pl_76.25.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/151/pl_77.25.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/152/pl_78.25.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/153/pl_79.25.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/154/pl_80.25.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/155/pl_81.25.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/156/pl_82.25.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/157/pl_83.25.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/160/pl_84.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/161/pl_85.2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/162/pl_86.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/163/pl_87.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/164/pl_88.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/165/pl_89.2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/166/pl_90.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/167/pl_91.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/169/pl_92.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/173/pl_93.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/174/pl_94.2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/175/pl_95.2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/176/pl_96.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/177/pl_97.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/178/pl_98.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/179/pl_99.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/180/pl_102.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/181/pl_103.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/182/pl_104.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/183/pl_105.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/184/pl_106.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/168/pl_92.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/133/resolucao_01.25.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/120/emenda_02.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/70/pl_13.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/21/requerimento_24.2025_edimilcio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/22/requerimento_25.2025_edimilcio.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/24/requerimento_27.2025_capitao.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/25/req_28.2025_edmilsinho.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_28_capitao.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_30.25.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_32.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_33.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_34.25.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_shylton_fopag.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_38.25.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/55/requerimento_39.25.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/59/requerimento_38.25.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/61/requerimento_39.2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_40.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/66/requerimento_41.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_42.2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/68/requerimento_43.2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/76/req_44.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/77/req_45.2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/78/req_46.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/79/req_47.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/86/req_48.2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/87/req_49.2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/88/req_50.2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/89/req_51.2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/95/req_52.2025_1.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/102/req_53.2025_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/103/req_54.2025_1.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/104/req_55.2025_1.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/105/req_56.2025_1.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/106/req_57.2025_1.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/107/req_58.2025_1.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/111/req_59.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/112/req_60.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/113/req_61.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/118/req_62.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/119/req_63.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/124/requerimento_64.2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/125/requerimento_65.2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/131/req_66.2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/140/req_67.25.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/141/req_68.25.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/146/req_70.25.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/171/requerimento_71.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_72.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_73.2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_08.25.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_09.25.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_11.2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_12.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_13.2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/60/mocao_de_aplausos_01.25.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/139/mocao_02.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/145/mocao_03.2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/147/mocao_04.25.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/170/mocao_05.2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/186/mocao_06.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/187/mocao_07.2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/sapl/public/materialegislativa/2025/85/emenda_01.2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belemdobrejodocruz.pb.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H186"/>
+  <dimension ref="A1:H187"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="48" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2585,4390 +2594,4416 @@
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H18" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>79</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>80</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="F19" t="s">
+      <c r="H19" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>10</v>
+        <v>84</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F20" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H20" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>84</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>10</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>85</v>
+      </c>
+      <c r="F21" t="s">
+        <v>89</v>
+      </c>
+      <c r="G21" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B21" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H21" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>17</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" t="s">
         <v>89</v>
       </c>
-      <c r="B22" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G22" s="1" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H22" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>17</v>
+        <v>93</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F23" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H23" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F24" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="H24" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F25" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="H25" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>96</v>
+        <v>33</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F26" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>98</v>
       </c>
       <c r="H26" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>37</v>
+        <v>100</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F27" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H27" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>96</v>
+        <v>33</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F28" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="H28" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>37</v>
+        <v>100</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F29" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H29" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F30" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="H30" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F31" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H31" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F32" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="H32" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>113</v>
+        <v>56</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F33" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>83</v>
+        <v>115</v>
       </c>
       <c r="H33" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>56</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F34" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>116</v>
+        <v>87</v>
       </c>
       <c r="H34" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>113</v>
+        <v>56</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F35" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H35" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>76</v>
+        <v>117</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F36" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>83</v>
+        <v>123</v>
       </c>
       <c r="H36" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>123</v>
+        <v>76</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F37" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H37" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>125</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F38" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H38" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>81</v>
+        <v>85</v>
+      </c>
+      <c r="F39" t="s">
+        <v>108</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H39" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>130</v>
+        <v>87</v>
       </c>
       <c r="H40" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>132</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F41" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>133</v>
       </c>
       <c r="H41" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>135</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>123</v>
+        <v>76</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F42" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>136</v>
       </c>
       <c r="H42" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>138</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>125</v>
+        <v>80</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F43" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>139</v>
       </c>
       <c r="H43" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>141</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F44" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>142</v>
       </c>
       <c r="H44" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>144</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F45" t="s">
-        <v>82</v>
+        <v>108</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>145</v>
       </c>
       <c r="H45" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>147</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
+        <v>132</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>85</v>
+      </c>
+      <c r="F46" t="s">
+        <v>86</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="D46" t="s">
-[...8 lines deleted...]
-      <c r="G46" s="1" t="s">
+      <c r="H46" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>150</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
         <v>151</v>
       </c>
-      <c r="B47" t="s">
-[...2 lines deleted...]
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>85</v>
+      </c>
+      <c r="F47" t="s">
+        <v>86</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="D47" t="s">
-[...8 lines deleted...]
-      <c r="G47" s="1" t="s">
+      <c r="H47" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>154</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
         <v>155</v>
       </c>
-      <c r="B48" t="s">
-[...2 lines deleted...]
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>85</v>
+      </c>
+      <c r="F48" t="s">
+        <v>86</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="D48" t="s">
-[...8 lines deleted...]
-      <c r="G48" s="1" t="s">
+      <c r="H48" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>158</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
         <v>159</v>
       </c>
-      <c r="B49" t="s">
-[...2 lines deleted...]
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>85</v>
+      </c>
+      <c r="F49" t="s">
+        <v>101</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="D49" t="s">
-[...5 lines deleted...]
-      <c r="F49" t="s">
+      <c r="H49" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>162</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>163</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>85</v>
+      </c>
+      <c r="F50" t="s">
         <v>164</v>
       </c>
-      <c r="B50" t="s">
-[...2 lines deleted...]
-      <c r="C50" t="s">
+      <c r="G50" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="D50" t="s">
-[...8 lines deleted...]
-      <c r="G50" s="1" t="s">
+      <c r="H50" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>167</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
         <v>168</v>
       </c>
-      <c r="B51" t="s">
-[...2 lines deleted...]
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>85</v>
+      </c>
+      <c r="F51" t="s">
+        <v>89</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="D51" t="s">
-[...8 lines deleted...]
-      <c r="G51" s="1" t="s">
+      <c r="H51" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>171</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
         <v>172</v>
       </c>
-      <c r="B52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F52" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>173</v>
       </c>
       <c r="H52" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>175</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>135</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F53" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H53" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>178</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>138</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F54" t="s">
+        <v>101</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="G54" s="1" t="s">
+      <c r="H54" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>141</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F55" t="s">
-        <v>161</v>
+        <v>182</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>183</v>
       </c>
       <c r="H55" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>185</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>144</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F56" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>186</v>
       </c>
       <c r="H56" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>188</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>147</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F57" t="s">
-        <v>104</v>
+        <v>164</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>189</v>
       </c>
       <c r="H57" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>191</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F58" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>192</v>
       </c>
       <c r="H58" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>194</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F59" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>195</v>
       </c>
       <c r="H59" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>197</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>8</v>
+        <v>158</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F60" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>198</v>
       </c>
       <c r="H60" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>200</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F61" t="s">
+        <v>108</v>
+      </c>
+      <c r="G61" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="G61" s="1" t="s">
+      <c r="H61" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>203</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>16</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>85</v>
+      </c>
+      <c r="F62" t="s">
         <v>204</v>
-      </c>
-[...13 lines deleted...]
-        <v>104</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>205</v>
       </c>
       <c r="H62" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>207</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F63" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>208</v>
       </c>
       <c r="H63" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>210</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F64" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>211</v>
       </c>
       <c r="H64" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>213</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>159</v>
+        <v>28</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F65" t="s">
+        <v>108</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="G65" s="1" t="s">
+      <c r="H65" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>216</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>162</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>85</v>
+      </c>
+      <c r="F66" t="s">
         <v>217</v>
       </c>
-      <c r="B66" t="s">
-[...2 lines deleted...]
-      <c r="C66" t="s">
+      <c r="G66" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="D66" t="s">
-[...8 lines deleted...]
-      <c r="G66" s="1" t="s">
+      <c r="H66" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>220</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
         <v>221</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>85</v>
+      </c>
+      <c r="F67" t="s">
+        <v>108</v>
+      </c>
+      <c r="G67" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="D67" t="s">
-[...8 lines deleted...]
-      <c r="G67" s="1" t="s">
+      <c r="H67" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>224</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
         <v>225</v>
       </c>
-      <c r="B68" t="s">
-[...2 lines deleted...]
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>85</v>
+      </c>
+      <c r="F68" t="s">
+        <v>182</v>
+      </c>
+      <c r="G68" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="D68" t="s">
-[...8 lines deleted...]
-      <c r="G68" s="1" t="s">
+      <c r="H68" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>228</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
         <v>229</v>
       </c>
-      <c r="B69" t="s">
-[...2 lines deleted...]
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>85</v>
+      </c>
+      <c r="F69" t="s">
+        <v>108</v>
+      </c>
+      <c r="G69" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="D69" t="s">
-[...8 lines deleted...]
-      <c r="G69" s="1" t="s">
+      <c r="H69" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>232</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
         <v>233</v>
       </c>
-      <c r="B70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F70" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>234</v>
       </c>
       <c r="H70" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>236</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F71" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>237</v>
       </c>
       <c r="H71" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>239</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
+        <v>171</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>85</v>
+      </c>
+      <c r="F72" t="s">
+        <v>108</v>
+      </c>
+      <c r="G72" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="D72" t="s">
-[...8 lines deleted...]
-      <c r="G72" s="1" t="s">
+      <c r="H72" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>242</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
         <v>243</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" t="s">
+        <v>85</v>
+      </c>
+      <c r="F73" t="s">
+        <v>108</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="D73" t="s">
-[...8 lines deleted...]
-      <c r="G73" s="1" t="s">
+      <c r="H73" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>246</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
         <v>247</v>
       </c>
-      <c r="B74" t="s">
-[...2 lines deleted...]
-      <c r="C74" t="s">
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>85</v>
+      </c>
+      <c r="F74" t="s">
+        <v>108</v>
+      </c>
+      <c r="G74" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="D74" t="s">
-[...8 lines deleted...]
-      <c r="G74" s="1" t="s">
+      <c r="H74" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>250</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
         <v>251</v>
       </c>
-      <c r="B75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F75" t="s">
-        <v>201</v>
+        <v>101</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>252</v>
       </c>
       <c r="H75" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>254</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>175</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F76" t="s">
-        <v>104</v>
+        <v>204</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>255</v>
       </c>
       <c r="H76" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>257</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>178</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F77" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>258</v>
       </c>
       <c r="H77" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>260</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
+        <v>181</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>85</v>
+      </c>
+      <c r="F78" t="s">
+        <v>108</v>
+      </c>
+      <c r="G78" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="D78" t="s">
-[...8 lines deleted...]
-      <c r="G78" s="1" t="s">
+      <c r="H78" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>263</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
         <v>264</v>
       </c>
-      <c r="B79" t="s">
-[...2 lines deleted...]
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>85</v>
+      </c>
+      <c r="F79" t="s">
+        <v>108</v>
+      </c>
+      <c r="G79" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="D79" t="s">
-[...8 lines deleted...]
-      <c r="G79" s="1" t="s">
+      <c r="H79" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>267</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
         <v>268</v>
       </c>
-      <c r="B80" t="s">
-[...2 lines deleted...]
-      <c r="C80" t="s">
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
+        <v>85</v>
+      </c>
+      <c r="F80" t="s">
+        <v>101</v>
+      </c>
+      <c r="G80" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="D80" t="s">
-[...8 lines deleted...]
-      <c r="G80" s="1" t="s">
+      <c r="H80" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>271</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
         <v>272</v>
       </c>
-      <c r="B81" t="s">
-[...2 lines deleted...]
-      <c r="C81" t="s">
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>85</v>
+      </c>
+      <c r="F81" t="s">
+        <v>108</v>
+      </c>
+      <c r="G81" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="D81" t="s">
-[...8 lines deleted...]
-      <c r="G81" s="1" t="s">
+      <c r="H81" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>275</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
         <v>276</v>
       </c>
-      <c r="B82" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F82" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>277</v>
       </c>
       <c r="H82" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>279</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
+        <v>32</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>85</v>
+      </c>
+      <c r="F83" t="s">
+        <v>108</v>
+      </c>
+      <c r="G83" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="D83" t="s">
-[...8 lines deleted...]
-      <c r="G83" s="1" t="s">
+      <c r="H83" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>282</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
         <v>283</v>
       </c>
-      <c r="B84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F84" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>284</v>
       </c>
       <c r="H84" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>286</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F85" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>287</v>
       </c>
       <c r="H85" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>289</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F86" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>290</v>
       </c>
       <c r="H86" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>292</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F87" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>293</v>
       </c>
       <c r="H87" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>295</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>185</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F88" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>296</v>
       </c>
       <c r="H88" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>298</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
+        <v>188</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>85</v>
+      </c>
+      <c r="F89" t="s">
+        <v>89</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="D89" t="s">
-[...8 lines deleted...]
-      <c r="G89" s="1" t="s">
+      <c r="H89" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>301</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
         <v>302</v>
       </c>
-      <c r="B90" t="s">
-[...2 lines deleted...]
-      <c r="C90" t="s">
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>85</v>
+      </c>
+      <c r="F90" t="s">
+        <v>89</v>
+      </c>
+      <c r="G90" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="D90" t="s">
-[...8 lines deleted...]
-      <c r="G90" s="1" t="s">
+      <c r="H90" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>305</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
         <v>306</v>
       </c>
-      <c r="B91" t="s">
-[...2 lines deleted...]
-      <c r="C91" t="s">
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
+        <v>85</v>
+      </c>
+      <c r="F91" t="s">
+        <v>108</v>
+      </c>
+      <c r="G91" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="D91" t="s">
-[...8 lines deleted...]
-      <c r="G91" s="1" t="s">
+      <c r="H91" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>309</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
         <v>310</v>
       </c>
-      <c r="B92" t="s">
-[...2 lines deleted...]
-      <c r="C92" t="s">
+      <c r="D92" t="s">
+        <v>11</v>
+      </c>
+      <c r="E92" t="s">
+        <v>85</v>
+      </c>
+      <c r="F92" t="s">
+        <v>108</v>
+      </c>
+      <c r="G92" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="D92" t="s">
-[...8 lines deleted...]
-      <c r="G92" s="1" t="s">
+      <c r="H92" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>313</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
         <v>314</v>
       </c>
-      <c r="B93" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F93" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>315</v>
       </c>
       <c r="H93" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>317</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>191</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F94" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>318</v>
       </c>
       <c r="H94" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>320</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>194</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F95" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>321</v>
       </c>
       <c r="H95" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>323</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>197</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F96" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>324</v>
       </c>
       <c r="H96" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>326</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>200</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F97" t="s">
-        <v>85</v>
+        <v>204</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>327</v>
       </c>
       <c r="H97" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>329</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
+        <v>203</v>
+      </c>
+      <c r="D98" t="s">
+        <v>11</v>
+      </c>
+      <c r="E98" t="s">
+        <v>85</v>
+      </c>
+      <c r="F98" t="s">
+        <v>89</v>
+      </c>
+      <c r="G98" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="D98" t="s">
-[...8 lines deleted...]
-      <c r="G98" s="1" t="s">
+      <c r="H98" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>332</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
         <v>333</v>
       </c>
-      <c r="B99" t="s">
-[...2 lines deleted...]
-      <c r="C99" t="s">
+      <c r="D99" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" t="s">
+        <v>85</v>
+      </c>
+      <c r="F99" t="s">
+        <v>89</v>
+      </c>
+      <c r="G99" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="D99" t="s">
-[...8 lines deleted...]
-      <c r="G99" s="1" t="s">
+      <c r="H99" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>336</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
         <v>337</v>
       </c>
-      <c r="B100" t="s">
-[...2 lines deleted...]
-      <c r="C100" t="s">
+      <c r="D100" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" t="s">
+        <v>85</v>
+      </c>
+      <c r="F100" t="s">
+        <v>89</v>
+      </c>
+      <c r="G100" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="D100" t="s">
-[...8 lines deleted...]
-      <c r="G100" s="1" t="s">
+      <c r="H100" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>340</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
         <v>341</v>
       </c>
-      <c r="B101" t="s">
-[...2 lines deleted...]
-      <c r="C101" t="s">
+      <c r="D101" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" t="s">
+        <v>85</v>
+      </c>
+      <c r="F101" t="s">
+        <v>108</v>
+      </c>
+      <c r="G101" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="D101" t="s">
-[...8 lines deleted...]
-      <c r="G101" s="1" t="s">
+      <c r="H101" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>344</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
         <v>345</v>
       </c>
-      <c r="B102" t="s">
-[...2 lines deleted...]
-      <c r="C102" t="s">
+      <c r="D102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" t="s">
+        <v>85</v>
+      </c>
+      <c r="F102" t="s">
+        <v>108</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="D102" t="s">
-[...8 lines deleted...]
-      <c r="G102" s="1" t="s">
+      <c r="H102" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>348</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
         <v>349</v>
       </c>
-      <c r="B103" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F103" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>350</v>
       </c>
       <c r="H103" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>352</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>207</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F104" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>353</v>
       </c>
       <c r="H104" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>355</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>210</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F105" t="s">
-        <v>214</v>
+        <v>108</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>356</v>
       </c>
       <c r="H105" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>358</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>213</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F106" t="s">
-        <v>201</v>
+        <v>217</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>359</v>
       </c>
       <c r="H106" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>361</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F107" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>362</v>
       </c>
       <c r="H107" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>364</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
+        <v>220</v>
+      </c>
+      <c r="D108" t="s">
+        <v>11</v>
+      </c>
+      <c r="E108" t="s">
+        <v>85</v>
+      </c>
+      <c r="F108" t="s">
+        <v>204</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="D108" t="s">
-[...8 lines deleted...]
-      <c r="G108" s="1" t="s">
+      <c r="H108" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>367</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
         <v>368</v>
       </c>
-      <c r="B109" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F109" t="s">
-        <v>97</v>
+        <v>182</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>369</v>
       </c>
       <c r="H109" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>371</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F110" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>372</v>
       </c>
       <c r="H110" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>374</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F111" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>375</v>
       </c>
       <c r="H111" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>377</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F112" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>378</v>
       </c>
       <c r="H112" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>380</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
+        <v>236</v>
+      </c>
+      <c r="D113" t="s">
+        <v>11</v>
+      </c>
+      <c r="E113" t="s">
+        <v>85</v>
+      </c>
+      <c r="F113" t="s">
+        <v>101</v>
+      </c>
+      <c r="G113" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="D113" t="s">
-[...8 lines deleted...]
-      <c r="G113" s="1" t="s">
+      <c r="H113" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>383</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
         <v>384</v>
       </c>
-      <c r="B114" t="s">
-[...2 lines deleted...]
-      <c r="C114" t="s">
+      <c r="D114" t="s">
+        <v>11</v>
+      </c>
+      <c r="E114" t="s">
+        <v>85</v>
+      </c>
+      <c r="F114" t="s">
+        <v>108</v>
+      </c>
+      <c r="G114" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="D114" t="s">
-[...8 lines deleted...]
-      <c r="G114" s="1" t="s">
+      <c r="H114" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>387</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
         <v>388</v>
       </c>
-      <c r="B115" t="s">
-[...2 lines deleted...]
-      <c r="C115" t="s">
+      <c r="D115" t="s">
+        <v>11</v>
+      </c>
+      <c r="E115" t="s">
+        <v>85</v>
+      </c>
+      <c r="F115" t="s">
+        <v>217</v>
+      </c>
+      <c r="G115" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="D115" t="s">
-[...8 lines deleted...]
-      <c r="G115" s="1" t="s">
+      <c r="H115" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>391</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
         <v>392</v>
       </c>
-      <c r="B116" t="s">
-[...2 lines deleted...]
-      <c r="C116" t="s">
+      <c r="D116" t="s">
+        <v>11</v>
+      </c>
+      <c r="E116" t="s">
+        <v>85</v>
+      </c>
+      <c r="F116" t="s">
+        <v>217</v>
+      </c>
+      <c r="G116" s="1" t="s">
         <v>393</v>
       </c>
-      <c r="D116" t="s">
-[...8 lines deleted...]
-      <c r="G116" s="1" t="s">
+      <c r="H116" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>395</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
         <v>396</v>
       </c>
-      <c r="B117" t="s">
-[...2 lines deleted...]
-      <c r="C117" t="s">
+      <c r="D117" t="s">
+        <v>11</v>
+      </c>
+      <c r="E117" t="s">
+        <v>85</v>
+      </c>
+      <c r="F117" t="s">
+        <v>217</v>
+      </c>
+      <c r="G117" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="D117" t="s">
-[...8 lines deleted...]
-      <c r="G117" s="1" t="s">
+      <c r="H117" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>399</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
         <v>400</v>
       </c>
-      <c r="B118" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D118" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" t="s">
+        <v>85</v>
+      </c>
+      <c r="F118" t="s">
+        <v>217</v>
+      </c>
+      <c r="G118" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="E118" t="s">
+      <c r="H118" t="s">
         <v>402</v>
-      </c>
-[...7 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>403</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>213</v>
+      </c>
+      <c r="D119" t="s">
         <v>404</v>
       </c>
-      <c r="B119" t="s">
-[...5 lines deleted...]
-      <c r="D119" t="s">
+      <c r="E119" t="s">
         <v>405</v>
       </c>
-      <c r="E119" t="s">
+      <c r="F119" t="s">
+        <v>217</v>
+      </c>
+      <c r="G119" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="F119" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H119" t="s">
-        <v>408</v>
+        <v>360</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
+        <v>407</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>83</v>
+      </c>
+      <c r="D120" t="s">
+        <v>408</v>
+      </c>
+      <c r="E120" t="s">
         <v>409</v>
       </c>
-      <c r="B120" t="s">
-[...5 lines deleted...]
-      <c r="D120" t="s">
+      <c r="F120" t="s">
+        <v>108</v>
+      </c>
+      <c r="G120" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="E120" t="s">
+      <c r="H120" t="s">
         <v>411</v>
-      </c>
-[...4 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>280</v>
+        <v>412</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="D121" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E121" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>414</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="H121" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>115</v>
+        <v>283</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="D122" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="E122" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="F122" t="s">
-        <v>97</v>
+        <v>13</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>417</v>
       </c>
       <c r="H122" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D123" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E123" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F123" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H123" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D124" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E124" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F124" t="s">
-        <v>179</v>
+        <v>101</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>83</v>
+        <v>422</v>
       </c>
       <c r="H124" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D125" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E125" t="s">
-        <v>416</v>
+        <v>419</v>
+      </c>
+      <c r="F125" t="s">
+        <v>182</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>422</v>
+        <v>87</v>
       </c>
       <c r="H125" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="D126" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E126" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>419</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="H126" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>123</v>
+        <v>76</v>
       </c>
       <c r="D127" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E127" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F127" t="s">
-        <v>179</v>
+        <v>101</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="H127" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>148</v>
+        <v>68</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>125</v>
+        <v>80</v>
       </c>
       <c r="D128" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E128" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F128" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H128" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D129" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E129" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F129" t="s">
-        <v>161</v>
+        <v>182</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="H129" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>148</v>
+        <v>132</v>
       </c>
       <c r="D130" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E130" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F130" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H130" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D131" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E131" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F131" t="s">
-        <v>82</v>
+        <v>164</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="H131" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>218</v>
+        <v>163</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D132" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E132" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F132" t="s">
-        <v>179</v>
+        <v>86</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="H132" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D133" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E133" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F133" t="s">
-        <v>85</v>
+        <v>182</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="H133" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D134" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E134" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F134" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="H134" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>240</v>
+        <v>229</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="D135" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E135" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F135" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="H135" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>132</v>
+        <v>172</v>
       </c>
       <c r="D136" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E136" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F136" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="H136" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>135</v>
       </c>
       <c r="D137" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E137" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F137" t="s">
-        <v>161</v>
+        <v>101</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="H137" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>138</v>
       </c>
       <c r="D138" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E138" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F138" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="H138" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>141</v>
       </c>
       <c r="D139" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E139" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F139" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="H139" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>144</v>
       </c>
       <c r="D140" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E140" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F140" t="s">
-        <v>179</v>
+        <v>164</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="H140" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>299</v>
+        <v>276</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>147</v>
       </c>
       <c r="D141" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E141" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F141" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="H141" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D142" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E142" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F142" t="s">
-        <v>97</v>
+        <v>182</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="H142" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D143" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E143" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F143" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="H143" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>8</v>
+        <v>158</v>
       </c>
       <c r="D144" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E144" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F144" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="H144" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>334</v>
+        <v>314</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D145" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E145" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F145" t="s">
-        <v>214</v>
+        <v>86</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H145" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D146" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E146" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F146" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H146" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D147" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E147" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F147" t="s">
-        <v>104</v>
+        <v>217</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="H147" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D148" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E148" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F148" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="H148" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>365</v>
+        <v>349</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>159</v>
+        <v>28</v>
       </c>
       <c r="D149" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E149" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F149" t="s">
-        <v>179</v>
+        <v>108</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="H149" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>381</v>
+        <v>368</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>218</v>
+        <v>162</v>
       </c>
       <c r="D150" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E150" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F150" t="s">
-        <v>104</v>
+        <v>182</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="H150" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="D151" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E151" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F151" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="H151" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="D152" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E152" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F152" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="H152" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D153" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E153" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F153" t="s">
-        <v>179</v>
+        <v>101</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="H153" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>164</v>
+        <v>233</v>
       </c>
       <c r="D154" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E154" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F154" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="H154" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>482</v>
+        <v>400</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D155" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E155" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F155" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>483</v>
       </c>
       <c r="H155" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>485</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>240</v>
+        <v>171</v>
       </c>
       <c r="D156" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E156" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F156" t="s">
-        <v>97</v>
+        <v>182</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>486</v>
       </c>
       <c r="H156" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>488</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="D157" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E157" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F157" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>489</v>
       </c>
       <c r="H157" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>491</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="D158" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E158" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F158" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>492</v>
       </c>
       <c r="H158" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>494</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>172</v>
+        <v>251</v>
       </c>
       <c r="D159" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E159" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F159" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>495</v>
       </c>
       <c r="H159" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>497</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>175</v>
       </c>
       <c r="D160" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E160" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F160" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>498</v>
       </c>
       <c r="H160" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>500</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>178</v>
       </c>
       <c r="D161" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E161" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F161" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>501</v>
       </c>
       <c r="H161" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>503</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>261</v>
+        <v>181</v>
       </c>
       <c r="D162" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E162" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F162" t="s">
-        <v>179</v>
+        <v>108</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>504</v>
       </c>
       <c r="H162" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>506</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="D163" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E163" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F163" t="s">
-        <v>97</v>
+        <v>182</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>507</v>
       </c>
       <c r="H163" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>509</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="D164" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E164" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F164" t="s">
-        <v>214</v>
+        <v>101</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>510</v>
       </c>
       <c r="H164" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>512</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="D165" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E165" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F165" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>513</v>
       </c>
       <c r="H165" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>515</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="D166" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E166" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F166" t="s">
-        <v>104</v>
+        <v>217</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>516</v>
       </c>
       <c r="H166" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>518</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>36</v>
+        <v>283</v>
       </c>
       <c r="D167" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E167" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F167" t="s">
-        <v>179</v>
+        <v>108</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>519</v>
       </c>
       <c r="H167" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>521</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D168" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E168" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F168" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>522</v>
       </c>
       <c r="H168" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>524</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D169" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E169" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F169" t="s">
-        <v>214</v>
+        <v>182</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>525</v>
       </c>
       <c r="H169" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>10</v>
+        <v>527</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="D170" t="s">
-        <v>527</v>
+        <v>418</v>
       </c>
       <c r="E170" t="s">
+        <v>419</v>
+      </c>
+      <c r="F170" t="s">
+        <v>217</v>
+      </c>
+      <c r="G170" s="1" t="s">
         <v>528</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="H170" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>165</v>
+        <v>10</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D171" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="E171" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="F171" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>530</v>
+        <v>87</v>
       </c>
       <c r="H171" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D172" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="E172" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="F172" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="H172" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>230</v>
+        <v>172</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D173" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="E173" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="F173" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>83</v>
+        <v>535</v>
       </c>
       <c r="H173" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>535</v>
+        <v>233</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D174" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="E174" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="F174" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>536</v>
+        <v>87</v>
       </c>
       <c r="H174" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>538</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D175" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="E175" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="F175" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>539</v>
       </c>
       <c r="H175" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>541</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>96</v>
+        <v>33</v>
       </c>
       <c r="D176" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="E176" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="F176" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>542</v>
       </c>
       <c r="H176" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>244</v>
+        <v>544</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="D177" t="s">
-        <v>544</v>
+        <v>530</v>
       </c>
       <c r="E177" t="s">
+        <v>531</v>
+      </c>
+      <c r="F177" t="s">
+        <v>108</v>
+      </c>
+      <c r="G177" s="1" t="s">
         <v>545</v>
       </c>
-      <c r="F177" t="s">
-[...2 lines deleted...]
-      <c r="G177" s="1" t="s">
+      <c r="H177" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
+        <v>247</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>83</v>
+      </c>
+      <c r="D178" t="s">
+        <v>547</v>
+      </c>
+      <c r="E178" t="s">
         <v>548</v>
       </c>
-      <c r="B178" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F178" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>549</v>
       </c>
       <c r="H178" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>551</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="D179" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="E179" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F179" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>552</v>
       </c>
       <c r="H179" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>554</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D180" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="E180" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F180" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>555</v>
       </c>
       <c r="H180" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>557</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
+        <v>93</v>
+      </c>
+      <c r="D181" t="s">
+        <v>547</v>
+      </c>
+      <c r="E181" t="s">
+        <v>548</v>
+      </c>
+      <c r="F181" t="s">
+        <v>108</v>
+      </c>
+      <c r="G181" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="D181" t="s">
-[...8 lines deleted...]
-      <c r="G181" s="1" t="s">
+      <c r="H181" t="s">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>560</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
         <v>561</v>
       </c>
-      <c r="B182" t="s">
-[...2 lines deleted...]
-      <c r="C182" t="s">
+      <c r="D182" t="s">
+        <v>547</v>
+      </c>
+      <c r="E182" t="s">
+        <v>548</v>
+      </c>
+      <c r="F182" t="s">
+        <v>101</v>
+      </c>
+      <c r="G182" s="1" t="s">
         <v>562</v>
       </c>
-      <c r="D182" t="s">
-[...8 lines deleted...]
-      <c r="G182" s="1" t="s">
+      <c r="H182" t="s">
         <v>563</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
+        <v>564</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
         <v>565</v>
       </c>
-      <c r="B183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D183" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="E183" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F183" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>566</v>
       </c>
       <c r="H183" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>330</v>
+        <v>568</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="D184" t="s">
-        <v>568</v>
+        <v>547</v>
       </c>
       <c r="E184" t="s">
+        <v>548</v>
+      </c>
+      <c r="F184" t="s">
+        <v>204</v>
+      </c>
+      <c r="G184" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="F184" t="s">
-[...2 lines deleted...]
-      <c r="G184" s="1" t="s">
+      <c r="H184" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>558</v>
+        <v>333</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D185" t="s">
-        <v>11</v>
+        <v>571</v>
       </c>
       <c r="E185" t="s">
         <v>572</v>
       </c>
       <c r="F185" t="s">
-        <v>179</v>
+        <v>204</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>83</v>
+        <v>573</v>
       </c>
       <c r="H185" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
+        <v>84</v>
+      </c>
+      <c r="D186" t="s">
+        <v>11</v>
+      </c>
+      <c r="E186" t="s">
+        <v>575</v>
+      </c>
+      <c r="F186" t="s">
+        <v>182</v>
+      </c>
+      <c r="G186" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="D186" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H186" t="s">
-        <v>574</v>
+        <v>576</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>565</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>91</v>
+      </c>
+      <c r="D187" t="s">
+        <v>11</v>
+      </c>
+      <c r="E187" t="s">
+        <v>575</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="H187" t="s">
+        <v>577</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7114,50 +7149,51 @@
     <hyperlink ref="G162" r:id="rId161"/>
     <hyperlink ref="G163" r:id="rId162"/>
     <hyperlink ref="G164" r:id="rId163"/>
     <hyperlink ref="G165" r:id="rId164"/>
     <hyperlink ref="G166" r:id="rId165"/>
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>